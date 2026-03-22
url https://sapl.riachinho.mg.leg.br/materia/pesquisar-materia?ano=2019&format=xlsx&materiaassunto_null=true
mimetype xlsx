--- v0 (2025-12-11)
+++ v1 (2026-03-22)
@@ -54,270 +54,270 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>SAUL BRAGA DE REZENDE</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/16/indicacao_090-2019_saul_academia_publica.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/16/indicacao_090-2019_saul_academia_publica.doc</t>
   </si>
   <si>
     <t>Pede providências pra que seja feito a instalação de uma academia pública na saída da cidade sentido a Bonfinópolis de Minas. A academia será entregue ao município através de emenda do Deputado Cristiano Silveira.</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Antônio Vila Nova</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/15/indicacao_091-2019_antonio_cascalho.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/15/indicacao_091-2019_antonio_cascalho.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja colocado uma caçamba de cascalho na rua Joaquim Caixito em frente à casa do senhor Jatobar e dona Vanilde.</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Zezé Montijo</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/14/indicacao_092-2019_jose_montijo_patrolamento_riac_nQucfUI.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/14/indicacao_092-2019_jose_montijo_patrolamento_riac_nQucfUI.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja feito o patrolamento da estrada da cidade de Riachinho ao distrito de Caio Martins.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/13/indicacao_093-2019_jose_montijo_poco_artesiano_cabo_verde.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/13/indicacao_093-2019_jose_montijo_poco_artesiano_cabo_verde.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja instalado um poço artesiano na comunidade de Cabo Verde.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_094-2019_saul_projeto_de_estabilidade.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_094-2019_saul_projeto_de_estabilidade.doc</t>
   </si>
   <si>
     <t>Pede providências pra que seja elaborado um projeto para dar estabilidade aos funcionários municipais do cargo de Agente Comunitário de Saúde</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Leu</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_095-2019_eliseu_estrada_amendoim.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_095-2019_eliseu_estrada_amendoim.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja feito o alargamento e cascalhamento da estrada do amendoim, principalmente nas curvas, desde a entrada até a casa de Lígia.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/27/indicacao_096-2019_eliseu_agua_copasa_n._sra._aparecida.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/27/indicacao_096-2019_eliseu_agua_copasa_n._sra._aparecida.doc</t>
   </si>
   <si>
     <t>Pede providências para tomar as medidas necessárias junto a Copasa, para fornecimento de água tratada no Bairro Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/28/indicacao_097-2019_antonio_pracas.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/28/indicacao_097-2019_antonio_pracas.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja feito um trabalho de limpeza e revitalização das praças da Avenida JK, com manutenção de bancos e calçadas, e restauração do projeto de jardinagem, com replantio de arvores e flores.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_098-2019_saul_iluminacao_natalina.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_098-2019_saul_iluminacao_natalina.doc</t>
   </si>
   <si>
     <t>Pede providências pra que seja feito a iluminação natalina, nas saídas da cidade, sentido a Uruana, Bonfinópolis de Minas e Arinos.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Helio Motorista</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_099-2019_helio_jose_geraldo_e_saul_ilum_9lVPSN9.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_099-2019_helio_jose_geraldo_e_saul_ilum_9lVPSN9.doc</t>
   </si>
   <si>
     <t>Pede providências pra que seja feito a iluminação do Campo “Zé Roxo”.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_100-2019_heliol_psicologo_escola.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_100-2019_heliol_psicologo_escola.doc</t>
   </si>
   <si>
     <t>Pede providências pra que seja contratado um(a) Psicólogo(a), para atendimento exclusivo nas Escolas Municipais.</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Rogerão</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/32/indicacao_101-2019_rogeriomedicos.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/32/indicacao_101-2019_rogeriomedicos.doc</t>
   </si>
   <si>
     <t>Pede providências para que sejam tomadas providencias junto aos médicos, para que interajam com os pacientes de forma respeitosa, uma vez que pacientes estão se queixando de maus-tratos, e baixa qualidade no atendimento.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Liedson Silva Martins</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/23/pl_21-2019_comodato_banco_da_terra.docx</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/23/pl_21-2019_comodato_banco_da_terra.docx</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Comodato com a Associação Comunitária dos Pequenos Produtores de Campo Verde- ACPPCV e dá outras providências</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/22/pl_22-2019_comodato_logradouro_ii.docx</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/22/pl_22-2019_comodato_logradouro_ii.docx</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Comodato com a Associação de Pequenos Produtores de Logradouro II – APPL II e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/21/pl_23-2019__comodato_buritizeiro-__acmpmpbr.docx</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/21/pl_23-2019__comodato_buritizeiro-__acmpmpbr.docx</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Comodato com a Associação Comunitária dos Pequenos Produtores da Balsa-ACOPPROBALSA e dá outras providências.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/19/pl_24-2019___comodato_balsa.docx</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/19/pl_24-2019___comodato_balsa.docx</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Comodato com a Associação Comunitária dos Pequenos Produtores da Balsa-ACOPPROBALSA e dá outras providências</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/17/pl_25-2019_comdato_trator_agricola_usado_-_balsa.docx</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/17/pl_25-2019_comdato_trator_agricola_usado_-_balsa.docx</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE COMODATO COM A ASSOCIAÇÃO COMUNITÁRIA DE PEQUENOS PRODUTORES DE BALSA - ACOPPROBALSA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/18/pl_26-2019_comodato_trator_agricola_amendoim.docx</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/18/pl_26-2019_comodato_trator_agricola_amendoim.docx</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Comodato com a Associação dos Pequenos Produtores do Vale do Amendoim e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/24/pl_27-2019_termo_de_comodato_gerador_-vereda_da_ponte.docx</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/24/pl_27-2019_termo_de_comodato_gerador_-vereda_da_ponte.docx</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a firmar Termo de Comodato com a AVP - Associação Vereda da Ponte e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -624,68 +624,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/16/indicacao_090-2019_saul_academia_publica.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/15/indicacao_091-2019_antonio_cascalho.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/14/indicacao_092-2019_jose_montijo_patrolamento_riac_nQucfUI.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/13/indicacao_093-2019_jose_montijo_poco_artesiano_cabo_verde.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_094-2019_saul_projeto_de_estabilidade.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_095-2019_eliseu_estrada_amendoim.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/27/indicacao_096-2019_eliseu_agua_copasa_n._sra._aparecida.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/28/indicacao_097-2019_antonio_pracas.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_098-2019_saul_iluminacao_natalina.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_099-2019_helio_jose_geraldo_e_saul_ilum_9lVPSN9.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_100-2019_heliol_psicologo_escola.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/32/indicacao_101-2019_rogeriomedicos.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/23/pl_21-2019_comodato_banco_da_terra.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/22/pl_22-2019_comodato_logradouro_ii.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/21/pl_23-2019__comodato_buritizeiro-__acmpmpbr.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/19/pl_24-2019___comodato_balsa.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/17/pl_25-2019_comdato_trator_agricola_usado_-_balsa.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/18/pl_26-2019_comodato_trator_agricola_amendoim.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/24/pl_27-2019_termo_de_comodato_gerador_-vereda_da_ponte.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/16/indicacao_090-2019_saul_academia_publica.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/15/indicacao_091-2019_antonio_cascalho.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/14/indicacao_092-2019_jose_montijo_patrolamento_riac_nQucfUI.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/13/indicacao_093-2019_jose_montijo_poco_artesiano_cabo_verde.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/25/indicacao_094-2019_saul_projeto_de_estabilidade.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/26/indicacao_095-2019_eliseu_estrada_amendoim.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/27/indicacao_096-2019_eliseu_agua_copasa_n._sra._aparecida.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/28/indicacao_097-2019_antonio_pracas.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/29/indicacao_098-2019_saul_iluminacao_natalina.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/30/indicacao_099-2019_helio_jose_geraldo_e_saul_ilum_9lVPSN9.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/31/indicacao_100-2019_heliol_psicologo_escola.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/32/indicacao_101-2019_rogeriomedicos.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/23/pl_21-2019_comodato_banco_da_terra.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/22/pl_22-2019_comodato_logradouro_ii.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/21/pl_23-2019__comodato_buritizeiro-__acmpmpbr.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/19/pl_24-2019___comodato_balsa.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/17/pl_25-2019_comdato_trator_agricola_usado_-_balsa.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/18/pl_26-2019_comodato_trator_agricola_amendoim.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2019/24/pl_27-2019_termo_de_comodato_gerador_-vereda_da_ponte.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="203.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>