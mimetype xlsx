--- v0 (2025-12-11)
+++ v1 (2026-03-22)
@@ -54,189 +54,189 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Leu</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_15-2020_eliseu_tapar_buracos.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_15-2020_eliseu_tapar_buracos.doc</t>
   </si>
   <si>
     <t>Pede providências para tapar os buracos da Avenida JK.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_16-2020_eliseu_quadra_e_praca_agrovila.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_16-2020_eliseu_quadra_e_praca_agrovila.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja feito a construção de uma quadra e uma praça na frente do colégio e posto de saúde do povoado de Agrovila.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Dedi</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/34/indicacao_21-2020_edson_posto_de_saude_e_atendime_omC0WmL.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/34/indicacao_21-2020_edson_posto_de_saude_e_atendime_omC0WmL.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja feito a reforma do posto de saúde do distrito de Caio Martins, bem como promover a realização de atendimentos médicos e odontológicos no local.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/35/indicacao_22-2020_edson_caixa_dagua.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/35/indicacao_22-2020_edson_caixa_dagua.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja feito a troca da caixa d’agua do distrito de Buritizeiro por uma maior, bem como a realização de melhorias no sistema de abastecimento de água local.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Antônio Vila Nova</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_23-_2020_antonio_bloquete_no_pre.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_23-_2020_antonio_bloquete_no_pre.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja feito o calçamento com bloquete em frente ao Pré-Escolar Pequeno Polegar.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/37/indicacao_24-_2020_antonio_pintura_muro_do_pre.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/37/indicacao_24-_2020_antonio_pintura_muro_do_pre.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja feito a pintura com desenhos, do muro do Pré-Escolar Pequeno Polegar</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>SAUL BRAGA DE REZENDE</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_25-2020_saul_patrolamento_lages_a_caio_martins.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_25-2020_saul_patrolamento_lages_a_caio_martins.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja feito o patrolamento da estrada que liga o povoado P.A Lages ao distrito de Caio Martins.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_26-2020_saul_mata_burro_belchior.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_26-2020_saul_mata_burro_belchior.doc</t>
   </si>
   <si>
     <t>Pede providências para que seja instalado um mata-burro na divisa da Fazenda do Senhor Belchior com a fazenda da de Sajir e Zequinha, uma vez que a estrada em questão se trata de linha escolar.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>SAUL BRAGA DE REZENDE, Antônio Vila Nova, Dedi</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_27-2020_saul_antonio_e_edson_material_dnocs.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_27-2020_saul_antonio_e_edson_material_dnocs.doc</t>
   </si>
   <si>
     <t>Pede providências para que a prefeitura busque o material para equipar poços artesianos para as comunidades do Amendoim, Marques, Pedra de Amolar e Riachão, uma vez que o material já está liberado no DNOCS em Montes claros.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/</t>
   </si>
   <si>
     <t>...</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_003-2020_antonio_cessao_onerosa.doc</t>
+    <t>http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_003-2020_antonio_cessao_onerosa.doc</t>
   </si>
   <si>
     <t>requer ao Prefeito informações sobre a destinação do repasse de verba referente a Cessão Onerosa ao município de Riachinho com valor estimado de R$ 461.580,31.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -543,68 +543,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_15-2020_eliseu_tapar_buracos.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_16-2020_eliseu_quadra_e_praca_agrovila.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/34/indicacao_21-2020_edson_posto_de_saude_e_atendime_omC0WmL.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/35/indicacao_22-2020_edson_caixa_dagua.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_23-_2020_antonio_bloquete_no_pre.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/37/indicacao_24-_2020_antonio_pintura_muro_do_pre.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_25-2020_saul_patrolamento_lages_a_caio_martins.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_26-2020_saul_mata_burro_belchior.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_27-2020_saul_antonio_e_edson_material_dnocs.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_003-2020_antonio_cessao_onerosa.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/42/indicacao_15-2020_eliseu_tapar_buracos.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/43/indicacao_16-2020_eliseu_quadra_e_praca_agrovila.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/34/indicacao_21-2020_edson_posto_de_saude_e_atendime_omC0WmL.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/35/indicacao_22-2020_edson_caixa_dagua.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/36/indicacao_23-_2020_antonio_bloquete_no_pre.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/37/indicacao_24-_2020_antonio_pintura_muro_do_pre.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/38/indicacao_25-2020_saul_patrolamento_lages_a_caio_martins.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/39/indicacao_26-2020_saul_mata_burro_belchior.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/40/indicacao_27-2020_saul_antonio_e_edson_material_dnocs.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.riachinho.mg.leg.br/media/sapl/public/materialegislativa/2020/41/requerimento_003-2020_antonio_cessao_onerosa.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="45.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="135.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="134.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="206.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>